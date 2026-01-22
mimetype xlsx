--- v0 (2026-01-02)
+++ v1 (2026-01-22)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ACAP\ADVISORY COMMITTEE\AC15 Namibia\AC15 Secretariat\AC15 Rego\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8077D7B-A377-49CD-9F52-65BFDA7EC8D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9A38CD0-1F6A-4EDF-B6CE-F563644A20C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Daily Attendence" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Daily Attendence'!$N$4:$U$4</definedName>
     <definedName name="Check198" localSheetId="0">'Daily Attendence'!$F$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -730,92 +730,88 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
@@ -1251,2179 +1247,2177 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Y314"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="X7" sqref="X7"/>
+      <selection pane="bottomLeft" activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="19" hidden="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.7109375" style="20" customWidth="1"/>
+    <col min="1" max="1" width="3.42578125" style="18" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="6.140625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="19" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" style="5" customWidth="1"/>
     <col min="5" max="5" width="12.140625" style="5" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="5" customWidth="1"/>
     <col min="8" max="8" width="9.140625" style="5" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="5" customWidth="1"/>
-    <col min="10" max="10" width="9.140625" style="19" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="23" max="23" width="23.28515625" style="23" customWidth="1"/>
+    <col min="10" max="10" width="12.28515625" style="18" customWidth="1"/>
+    <col min="11" max="11" width="11.85546875" style="18" customWidth="1"/>
+    <col min="12" max="13" width="9.85546875" style="18" customWidth="1"/>
+    <col min="14" max="14" width="7.28515625" style="22" customWidth="1"/>
+    <col min="15" max="15" width="7" style="22" customWidth="1"/>
+    <col min="16" max="16" width="7.42578125" style="22" customWidth="1"/>
+    <col min="17" max="17" width="5.5703125" style="22" customWidth="1"/>
+    <col min="18" max="18" width="5.42578125" style="23" customWidth="1"/>
+    <col min="19" max="19" width="5.42578125" style="22" customWidth="1"/>
+    <col min="20" max="20" width="6.140625" style="22" customWidth="1"/>
+    <col min="21" max="21" width="5.42578125" style="22" customWidth="1"/>
+    <col min="22" max="22" width="21.7109375" style="22" customWidth="1"/>
+    <col min="23" max="23" width="23.28515625" style="22" customWidth="1"/>
     <col min="24" max="25" width="9.140625" style="4"/>
     <col min="26" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
-      <c r="B1" s="35" t="s">
+      <c r="B1" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="C1" s="36"/>
-[...12 lines deleted...]
-      <c r="P1" s="42" t="s">
+      <c r="C1" s="35"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="38"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="39"/>
+      <c r="M1" s="39"/>
+      <c r="N1" s="40"/>
+      <c r="O1" s="40"/>
+      <c r="P1" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="Q1" s="43"/>
-[...5 lines deleted...]
-      <c r="W1" s="38"/>
+      <c r="Q1" s="42"/>
+      <c r="R1" s="43"/>
+      <c r="S1" s="39"/>
+      <c r="T1" s="39"/>
+      <c r="U1" s="39"/>
+      <c r="V1" s="37"/>
+      <c r="W1" s="37"/>
     </row>
     <row r="2" spans="1:23" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
-      <c r="B2" s="35" t="s">
+      <c r="B2" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="C2" s="36"/>
-[...12 lines deleted...]
-      <c r="P2" s="42" t="s">
+      <c r="C2" s="35"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="44"/>
+      <c r="I2" s="44"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="37"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="45"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41" t="s">
         <v>20</v>
       </c>
-      <c r="Q2" s="43"/>
-[...5 lines deleted...]
-      <c r="W2" s="38"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="46"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="39"/>
+      <c r="V2" s="37"/>
+      <c r="W2" s="37"/>
     </row>
     <row r="3" spans="1:23" s="2" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
-      <c r="B3" s="48" t="s">
+      <c r="B3" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="C3" s="49"/>
-[...12 lines deleted...]
-      <c r="P3" s="55" t="s">
+      <c r="C3" s="48"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="49"/>
+      <c r="F3" s="49"/>
+      <c r="G3" s="49"/>
+      <c r="H3" s="50"/>
+      <c r="I3" s="50"/>
+      <c r="J3" s="51"/>
+      <c r="K3" s="51"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="53"/>
+      <c r="N3" s="54"/>
+      <c r="O3" s="54"/>
+      <c r="P3" s="54" t="s">
         <v>22</v>
       </c>
-      <c r="Q3" s="56"/>
-[...5 lines deleted...]
-      <c r="W3" s="38"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="54"/>
+      <c r="T3" s="56"/>
+      <c r="U3" s="52"/>
+      <c r="V3" s="37"/>
+      <c r="W3" s="37"/>
     </row>
     <row r="4" spans="1:23" ht="270.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3"/>
-      <c r="B4" s="25" t="s">
+      <c r="B4" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="26" t="s">
+      <c r="C4" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="D4" s="26" t="s">
+      <c r="D4" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="E4" s="26" t="s">
+      <c r="E4" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="G4" s="26" t="s">
+      <c r="G4" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="H4" s="26" t="s">
+      <c r="H4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="I4" s="27" t="s">
+      <c r="I4" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="J4" s="27" t="s">
+      <c r="J4" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="K4" s="27" t="s">
+      <c r="K4" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="L4" s="31" t="s">
+      <c r="L4" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="M4" s="30" t="s">
+      <c r="M4" s="29" t="s">
         <v>24</v>
       </c>
-      <c r="N4" s="28" t="s">
+      <c r="N4" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="O4" s="28" t="s">
+      <c r="O4" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="P4" s="29" t="s">
+      <c r="P4" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="Q4" s="32" t="s">
+      <c r="Q4" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="R4" s="33" t="s">
+      <c r="R4" s="32" t="s">
         <v>29</v>
       </c>
-      <c r="S4" s="33" t="s">
+      <c r="S4" s="32" t="s">
         <v>30</v>
       </c>
-      <c r="T4" s="34" t="s">
+      <c r="T4" s="33" t="s">
         <v>31</v>
       </c>
-      <c r="U4" s="33" t="s">
+      <c r="U4" s="32" t="s">
         <v>32</v>
       </c>
-      <c r="V4" s="27" t="s">
+      <c r="V4" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="W4" s="27" t="s">
+      <c r="W4" s="26" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="9"/>
       <c r="K5" s="10"/>
       <c r="L5" s="10"/>
       <c r="M5" s="10"/>
-      <c r="N5" s="11"/>
-[...10 lines deleted...]
-    <row r="6" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="N5" s="10"/>
+      <c r="O5" s="10"/>
+      <c r="P5" s="10"/>
+      <c r="Q5" s="10"/>
+      <c r="R5" s="10"/>
+      <c r="S5" s="10"/>
+      <c r="T5" s="10"/>
+      <c r="U5" s="10"/>
+      <c r="V5" s="7"/>
+      <c r="W5" s="7"/>
+    </row>
+    <row r="6" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="6"/>
-      <c r="B6" s="13"/>
-[...3 lines deleted...]
-      <c r="J6" s="15"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="J6" s="14"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
-      <c r="N6" s="16"/>
-[...10 lines deleted...]
-    <row r="7" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="N6" s="15"/>
+      <c r="O6" s="15"/>
+      <c r="P6" s="15"/>
+      <c r="Q6" s="15"/>
+      <c r="R6" s="16"/>
+      <c r="S6" s="15"/>
+      <c r="T6" s="15"/>
+      <c r="U6" s="15"/>
+      <c r="V6" s="15"/>
+      <c r="W6" s="15"/>
+    </row>
+    <row r="7" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6"/>
-      <c r="B7" s="13"/>
-[...3 lines deleted...]
-      <c r="J7" s="15"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="J7" s="14"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
-      <c r="N7" s="16"/>
-[...10 lines deleted...]
-    <row r="8" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="N7" s="15"/>
+      <c r="O7" s="15"/>
+      <c r="P7" s="15"/>
+      <c r="Q7" s="15"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="15"/>
+      <c r="T7" s="15"/>
+      <c r="U7" s="15"/>
+      <c r="V7" s="15"/>
+      <c r="W7" s="15"/>
+    </row>
+    <row r="8" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6"/>
-      <c r="B8" s="13"/>
-[...3 lines deleted...]
-      <c r="J8" s="15"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="12"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="J8" s="14"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
-      <c r="N8" s="16"/>
-[...10 lines deleted...]
-    <row r="9" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="N8" s="15"/>
+      <c r="O8" s="15"/>
+      <c r="P8" s="15"/>
+      <c r="Q8" s="15"/>
+      <c r="R8" s="16"/>
+      <c r="S8" s="15"/>
+      <c r="T8" s="15"/>
+      <c r="U8" s="15"/>
+      <c r="V8" s="15"/>
+      <c r="W8" s="15"/>
+    </row>
+    <row r="9" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6"/>
-      <c r="B9" s="13"/>
-[...3 lines deleted...]
-      <c r="J9" s="15"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="12"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="J9" s="14"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
-      <c r="N9" s="16"/>
-[...10 lines deleted...]
-    <row r="10" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="N9" s="15"/>
+      <c r="O9" s="15"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="15"/>
+      <c r="R9" s="16"/>
+      <c r="S9" s="15"/>
+      <c r="T9" s="15"/>
+      <c r="U9" s="15"/>
+      <c r="V9" s="15"/>
+      <c r="W9" s="15"/>
+    </row>
+    <row r="10" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6"/>
-      <c r="B10" s="13"/>
-[...18 lines deleted...]
-    <row r="11" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="F10" s="13"/>
+      <c r="G10" s="13"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="14"/>
+      <c r="L10" s="14"/>
+      <c r="M10" s="14"/>
+      <c r="N10" s="15"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="15"/>
+      <c r="Q10" s="15"/>
+      <c r="R10" s="16"/>
+      <c r="S10" s="15"/>
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+    </row>
+    <row r="11" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6"/>
-      <c r="B11" s="13"/>
-[...18 lines deleted...]
-    <row r="12" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="F11" s="13"/>
+      <c r="G11" s="13"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="14"/>
+      <c r="L11" s="14"/>
+      <c r="M11" s="14"/>
+      <c r="N11" s="15"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="15"/>
+      <c r="Q11" s="15"/>
+      <c r="R11" s="16"/>
+      <c r="S11" s="15"/>
+      <c r="T11" s="15"/>
+      <c r="U11" s="15"/>
+      <c r="V11" s="15"/>
+      <c r="W11" s="15"/>
+    </row>
+    <row r="12" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
-      <c r="B12" s="13"/>
-[...18 lines deleted...]
-    <row r="13" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="F12" s="13"/>
+      <c r="G12" s="13"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="14"/>
+      <c r="L12" s="14"/>
+      <c r="M12" s="14"/>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+      <c r="R12" s="16"/>
+      <c r="S12" s="15"/>
+      <c r="T12" s="15"/>
+      <c r="U12" s="15"/>
+      <c r="V12" s="15"/>
+      <c r="W12" s="15"/>
+    </row>
+    <row r="13" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6"/>
-      <c r="B13" s="13"/>
-[...18 lines deleted...]
-    <row r="14" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="14"/>
+      <c r="L13" s="14"/>
+      <c r="M13" s="14"/>
+      <c r="N13" s="15"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="15"/>
+      <c r="Q13" s="15"/>
+      <c r="R13" s="16"/>
+      <c r="S13" s="15"/>
+      <c r="T13" s="15"/>
+      <c r="U13" s="15"/>
+      <c r="V13" s="15"/>
+      <c r="W13" s="15"/>
+    </row>
+    <row r="14" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="6"/>
-      <c r="B14" s="13"/>
-[...18 lines deleted...]
-    <row r="15" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="F14" s="13"/>
+      <c r="G14" s="13"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="14"/>
+      <c r="L14" s="14"/>
+      <c r="M14" s="14"/>
+      <c r="N14" s="15"/>
+      <c r="O14" s="15"/>
+      <c r="P14" s="15"/>
+      <c r="Q14" s="15"/>
+      <c r="R14" s="16"/>
+      <c r="S14" s="15"/>
+      <c r="T14" s="15"/>
+      <c r="U14" s="15"/>
+      <c r="V14" s="15"/>
+      <c r="W14" s="15"/>
+    </row>
+    <row r="15" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="6"/>
-      <c r="B15" s="13"/>
-[...18 lines deleted...]
-    <row r="16" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="14"/>
+      <c r="L15" s="14"/>
+      <c r="M15" s="14"/>
+      <c r="N15" s="15"/>
+      <c r="O15" s="15"/>
+      <c r="P15" s="15"/>
+      <c r="Q15" s="15"/>
+      <c r="R15" s="16"/>
+      <c r="S15" s="15"/>
+      <c r="T15" s="15"/>
+      <c r="U15" s="15"/>
+      <c r="V15" s="15"/>
+      <c r="W15" s="15"/>
+    </row>
+    <row r="16" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6"/>
-      <c r="B16" s="13"/>
-[...18 lines deleted...]
-    <row r="17" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="14"/>
+      <c r="L16" s="14"/>
+      <c r="M16" s="14"/>
+      <c r="N16" s="15"/>
+      <c r="O16" s="15"/>
+      <c r="P16" s="15"/>
+      <c r="Q16" s="15"/>
+      <c r="R16" s="16"/>
+      <c r="S16" s="15"/>
+      <c r="T16" s="15"/>
+      <c r="U16" s="15"/>
+      <c r="V16" s="15"/>
+      <c r="W16" s="15"/>
+    </row>
+    <row r="17" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6"/>
-      <c r="B17" s="13"/>
-[...18 lines deleted...]
-    <row r="18" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="13"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="14"/>
+      <c r="L17" s="14"/>
+      <c r="M17" s="14"/>
+      <c r="N17" s="15"/>
+      <c r="O17" s="15"/>
+      <c r="P17" s="15"/>
+      <c r="Q17" s="15"/>
+      <c r="R17" s="16"/>
+      <c r="S17" s="15"/>
+      <c r="T17" s="15"/>
+      <c r="U17" s="15"/>
+      <c r="V17" s="15"/>
+      <c r="W17" s="15"/>
+    </row>
+    <row r="18" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6"/>
-      <c r="B18" s="13"/>
-[...18 lines deleted...]
-    <row r="19" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="14"/>
+      <c r="L18" s="14"/>
+      <c r="M18" s="14"/>
+      <c r="N18" s="15"/>
+      <c r="O18" s="15"/>
+      <c r="P18" s="15"/>
+      <c r="Q18" s="15"/>
+      <c r="R18" s="16"/>
+      <c r="S18" s="15"/>
+      <c r="T18" s="15"/>
+      <c r="U18" s="15"/>
+      <c r="V18" s="15"/>
+      <c r="W18" s="15"/>
+    </row>
+    <row r="19" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6"/>
-      <c r="B19" s="13"/>
-[...18 lines deleted...]
-    <row r="20" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="14"/>
+      <c r="L19" s="14"/>
+      <c r="M19" s="14"/>
+      <c r="N19" s="15"/>
+      <c r="O19" s="15"/>
+      <c r="P19" s="15"/>
+      <c r="Q19" s="15"/>
+      <c r="R19" s="16"/>
+      <c r="S19" s="15"/>
+      <c r="T19" s="15"/>
+      <c r="U19" s="15"/>
+      <c r="V19" s="15"/>
+      <c r="W19" s="15"/>
+    </row>
+    <row r="20" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="6"/>
-      <c r="B20" s="13"/>
-[...18 lines deleted...]
-    <row r="21" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="14"/>
+      <c r="L20" s="14"/>
+      <c r="M20" s="14"/>
+      <c r="N20" s="15"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15"/>
+      <c r="R20" s="16"/>
+      <c r="S20" s="15"/>
+      <c r="T20" s="15"/>
+      <c r="U20" s="15"/>
+      <c r="V20" s="15"/>
+      <c r="W20" s="15"/>
+    </row>
+    <row r="21" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="6"/>
-      <c r="B21" s="13"/>
-[...18 lines deleted...]
-    <row r="22" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="J21" s="14"/>
+      <c r="K21" s="14"/>
+      <c r="L21" s="14"/>
+      <c r="M21" s="14"/>
+      <c r="N21" s="15"/>
+      <c r="O21" s="15"/>
+      <c r="P21" s="15"/>
+      <c r="Q21" s="15"/>
+      <c r="R21" s="16"/>
+      <c r="S21" s="15"/>
+      <c r="T21" s="15"/>
+      <c r="U21" s="15"/>
+      <c r="V21" s="15"/>
+      <c r="W21" s="15"/>
+    </row>
+    <row r="22" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="6"/>
-      <c r="B22" s="13"/>
-[...18 lines deleted...]
-    <row r="23" spans="1:23" s="12" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="J22" s="14"/>
+      <c r="K22" s="14"/>
+      <c r="L22" s="14"/>
+      <c r="M22" s="14"/>
+      <c r="N22" s="15"/>
+      <c r="O22" s="15"/>
+      <c r="P22" s="15"/>
+      <c r="Q22" s="15"/>
+      <c r="R22" s="16"/>
+      <c r="S22" s="15"/>
+      <c r="T22" s="15"/>
+      <c r="U22" s="15"/>
+      <c r="V22" s="15"/>
+      <c r="W22" s="15"/>
+    </row>
+    <row r="23" spans="1:23" s="11" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="6"/>
-      <c r="B23" s="13"/>
-[...16 lines deleted...]
-      <c r="W23" s="16"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="14"/>
+      <c r="L23" s="14"/>
+      <c r="M23" s="14"/>
+      <c r="N23" s="15"/>
+      <c r="O23" s="15"/>
+      <c r="P23" s="15"/>
+      <c r="Q23" s="15"/>
+      <c r="R23" s="16"/>
+      <c r="S23" s="15"/>
+      <c r="T23" s="15"/>
+      <c r="U23" s="15"/>
+      <c r="V23" s="15"/>
+      <c r="W23" s="15"/>
     </row>
     <row r="24" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F24" s="21"/>
-[...4 lines deleted...]
-      <c r="M24" s="22"/>
+      <c r="F24" s="20"/>
+      <c r="G24" s="20"/>
+      <c r="J24" s="21"/>
+      <c r="K24" s="21"/>
+      <c r="L24" s="21"/>
+      <c r="M24" s="21"/>
     </row>
     <row r="25" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F25" s="21"/>
-[...4 lines deleted...]
-      <c r="M25" s="22"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="21"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="21"/>
     </row>
     <row r="26" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F26" s="21"/>
-[...4 lines deleted...]
-      <c r="M26" s="22"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="20"/>
+      <c r="J26" s="21"/>
+      <c r="K26" s="21"/>
+      <c r="L26" s="21"/>
+      <c r="M26" s="21"/>
     </row>
     <row r="27" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F27" s="21"/>
-[...4 lines deleted...]
-      <c r="M27" s="22"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="J27" s="21"/>
+      <c r="K27" s="21"/>
+      <c r="L27" s="21"/>
+      <c r="M27" s="21"/>
     </row>
     <row r="28" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F28" s="21"/>
-[...4 lines deleted...]
-      <c r="M28" s="22"/>
+      <c r="F28" s="20"/>
+      <c r="G28" s="20"/>
+      <c r="J28" s="21"/>
+      <c r="K28" s="21"/>
+      <c r="L28" s="21"/>
+      <c r="M28" s="21"/>
     </row>
     <row r="29" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F29" s="21"/>
-[...4 lines deleted...]
-      <c r="M29" s="22"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="20"/>
+      <c r="J29" s="21"/>
+      <c r="K29" s="21"/>
+      <c r="L29" s="21"/>
+      <c r="M29" s="21"/>
     </row>
     <row r="30" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F30" s="21"/>
-[...4 lines deleted...]
-      <c r="M30" s="22"/>
+      <c r="F30" s="20"/>
+      <c r="G30" s="20"/>
+      <c r="J30" s="21"/>
+      <c r="K30" s="21"/>
+      <c r="L30" s="21"/>
+      <c r="M30" s="21"/>
     </row>
     <row r="31" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F31" s="21"/>
-[...4 lines deleted...]
-      <c r="M31" s="22"/>
+      <c r="F31" s="20"/>
+      <c r="G31" s="20"/>
+      <c r="J31" s="21"/>
+      <c r="K31" s="21"/>
+      <c r="L31" s="21"/>
+      <c r="M31" s="21"/>
     </row>
     <row r="32" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="F32" s="21"/>
-[...4 lines deleted...]
-      <c r="M32" s="22"/>
+      <c r="F32" s="20"/>
+      <c r="G32" s="20"/>
+      <c r="J32" s="21"/>
+      <c r="K32" s="21"/>
+      <c r="L32" s="21"/>
+      <c r="M32" s="21"/>
     </row>
     <row r="33" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F33" s="21"/>
-[...4 lines deleted...]
-      <c r="M33" s="22"/>
+      <c r="F33" s="20"/>
+      <c r="G33" s="20"/>
+      <c r="J33" s="21"/>
+      <c r="K33" s="21"/>
+      <c r="L33" s="21"/>
+      <c r="M33" s="21"/>
     </row>
     <row r="34" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F34" s="21"/>
-[...4 lines deleted...]
-      <c r="M34" s="22"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="20"/>
+      <c r="J34" s="21"/>
+      <c r="K34" s="21"/>
+      <c r="L34" s="21"/>
+      <c r="M34" s="21"/>
     </row>
     <row r="35" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F35" s="21"/>
-[...4 lines deleted...]
-      <c r="M35" s="22"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="20"/>
+      <c r="J35" s="21"/>
+      <c r="K35" s="21"/>
+      <c r="L35" s="21"/>
+      <c r="M35" s="21"/>
     </row>
     <row r="36" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F36" s="21"/>
-[...4 lines deleted...]
-      <c r="M36" s="22"/>
+      <c r="F36" s="20"/>
+      <c r="G36" s="20"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="21"/>
+      <c r="L36" s="21"/>
+      <c r="M36" s="21"/>
     </row>
     <row r="37" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F37" s="21"/>
-[...4 lines deleted...]
-      <c r="M37" s="22"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="20"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="21"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="21"/>
     </row>
     <row r="38" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F38" s="21"/>
-[...4 lines deleted...]
-      <c r="M38" s="22"/>
+      <c r="F38" s="20"/>
+      <c r="G38" s="20"/>
+      <c r="J38" s="21"/>
+      <c r="K38" s="21"/>
+      <c r="L38" s="21"/>
+      <c r="M38" s="21"/>
     </row>
     <row r="39" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F39" s="21"/>
-[...4 lines deleted...]
-      <c r="M39" s="22"/>
+      <c r="F39" s="20"/>
+      <c r="G39" s="20"/>
+      <c r="J39" s="21"/>
+      <c r="K39" s="21"/>
+      <c r="L39" s="21"/>
+      <c r="M39" s="21"/>
     </row>
     <row r="40" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F40" s="21"/>
-[...4 lines deleted...]
-      <c r="M40" s="22"/>
+      <c r="F40" s="20"/>
+      <c r="G40" s="20"/>
+      <c r="J40" s="21"/>
+      <c r="K40" s="21"/>
+      <c r="L40" s="21"/>
+      <c r="M40" s="21"/>
     </row>
     <row r="41" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F41" s="21"/>
-[...4 lines deleted...]
-      <c r="M41" s="22"/>
+      <c r="F41" s="20"/>
+      <c r="G41" s="20"/>
+      <c r="J41" s="21"/>
+      <c r="K41" s="21"/>
+      <c r="L41" s="21"/>
+      <c r="M41" s="21"/>
     </row>
     <row r="42" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F42" s="21"/>
-[...4 lines deleted...]
-      <c r="M42" s="22"/>
+      <c r="F42" s="20"/>
+      <c r="G42" s="20"/>
+      <c r="J42" s="21"/>
+      <c r="K42" s="21"/>
+      <c r="L42" s="21"/>
+      <c r="M42" s="21"/>
     </row>
     <row r="43" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F43" s="21"/>
-[...4 lines deleted...]
-      <c r="M43" s="22"/>
+      <c r="F43" s="20"/>
+      <c r="G43" s="20"/>
+      <c r="J43" s="21"/>
+      <c r="K43" s="21"/>
+      <c r="L43" s="21"/>
+      <c r="M43" s="21"/>
     </row>
     <row r="44" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F44" s="21"/>
-[...4 lines deleted...]
-      <c r="M44" s="22"/>
+      <c r="F44" s="20"/>
+      <c r="G44" s="20"/>
+      <c r="J44" s="21"/>
+      <c r="K44" s="21"/>
+      <c r="L44" s="21"/>
+      <c r="M44" s="21"/>
     </row>
     <row r="45" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F45" s="21"/>
-[...4 lines deleted...]
-      <c r="M45" s="22"/>
+      <c r="F45" s="20"/>
+      <c r="G45" s="20"/>
+      <c r="J45" s="21"/>
+      <c r="K45" s="21"/>
+      <c r="L45" s="21"/>
+      <c r="M45" s="21"/>
     </row>
     <row r="46" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F46" s="21"/>
-[...4 lines deleted...]
-      <c r="M46" s="22"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="J46" s="21"/>
+      <c r="K46" s="21"/>
+      <c r="L46" s="21"/>
+      <c r="M46" s="21"/>
     </row>
     <row r="47" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F47" s="21"/>
-[...4 lines deleted...]
-      <c r="M47" s="22"/>
+      <c r="F47" s="20"/>
+      <c r="G47" s="20"/>
+      <c r="J47" s="21"/>
+      <c r="K47" s="21"/>
+      <c r="L47" s="21"/>
+      <c r="M47" s="21"/>
     </row>
     <row r="48" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F48" s="21"/>
-[...4 lines deleted...]
-      <c r="M48" s="22"/>
+      <c r="F48" s="20"/>
+      <c r="G48" s="20"/>
+      <c r="J48" s="21"/>
+      <c r="K48" s="21"/>
+      <c r="L48" s="21"/>
+      <c r="M48" s="21"/>
     </row>
     <row r="49" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F49" s="21"/>
-[...4 lines deleted...]
-      <c r="M49" s="22"/>
+      <c r="F49" s="20"/>
+      <c r="G49" s="20"/>
+      <c r="J49" s="21"/>
+      <c r="K49" s="21"/>
+      <c r="L49" s="21"/>
+      <c r="M49" s="21"/>
     </row>
     <row r="50" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F50" s="21"/>
-[...4 lines deleted...]
-      <c r="M50" s="22"/>
+      <c r="F50" s="20"/>
+      <c r="G50" s="20"/>
+      <c r="J50" s="21"/>
+      <c r="K50" s="21"/>
+      <c r="L50" s="21"/>
+      <c r="M50" s="21"/>
     </row>
     <row r="51" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F51" s="21"/>
-[...4 lines deleted...]
-      <c r="M51" s="22"/>
+      <c r="F51" s="20"/>
+      <c r="G51" s="20"/>
+      <c r="J51" s="21"/>
+      <c r="K51" s="21"/>
+      <c r="L51" s="21"/>
+      <c r="M51" s="21"/>
     </row>
     <row r="52" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F52" s="21"/>
-[...4 lines deleted...]
-      <c r="M52" s="22"/>
+      <c r="F52" s="20"/>
+      <c r="G52" s="20"/>
+      <c r="J52" s="21"/>
+      <c r="K52" s="21"/>
+      <c r="L52" s="21"/>
+      <c r="M52" s="21"/>
     </row>
     <row r="53" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F53" s="21"/>
-[...4 lines deleted...]
-      <c r="M53" s="22"/>
+      <c r="F53" s="20"/>
+      <c r="G53" s="20"/>
+      <c r="J53" s="21"/>
+      <c r="K53" s="21"/>
+      <c r="L53" s="21"/>
+      <c r="M53" s="21"/>
     </row>
     <row r="54" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F54" s="21"/>
-[...4 lines deleted...]
-      <c r="M54" s="22"/>
+      <c r="F54" s="20"/>
+      <c r="G54" s="20"/>
+      <c r="J54" s="21"/>
+      <c r="K54" s="21"/>
+      <c r="L54" s="21"/>
+      <c r="M54" s="21"/>
     </row>
     <row r="55" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F55" s="21"/>
-[...4 lines deleted...]
-      <c r="M55" s="22"/>
+      <c r="F55" s="20"/>
+      <c r="G55" s="20"/>
+      <c r="J55" s="21"/>
+      <c r="K55" s="21"/>
+      <c r="L55" s="21"/>
+      <c r="M55" s="21"/>
     </row>
     <row r="56" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F56" s="21"/>
-[...4 lines deleted...]
-      <c r="M56" s="22"/>
+      <c r="F56" s="20"/>
+      <c r="G56" s="20"/>
+      <c r="J56" s="21"/>
+      <c r="K56" s="21"/>
+      <c r="L56" s="21"/>
+      <c r="M56" s="21"/>
     </row>
     <row r="57" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F57" s="21"/>
-[...4 lines deleted...]
-      <c r="M57" s="22"/>
+      <c r="F57" s="20"/>
+      <c r="G57" s="20"/>
+      <c r="J57" s="21"/>
+      <c r="K57" s="21"/>
+      <c r="L57" s="21"/>
+      <c r="M57" s="21"/>
     </row>
     <row r="58" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F58" s="21"/>
-[...4 lines deleted...]
-      <c r="M58" s="22"/>
+      <c r="F58" s="20"/>
+      <c r="G58" s="20"/>
+      <c r="J58" s="21"/>
+      <c r="K58" s="21"/>
+      <c r="L58" s="21"/>
+      <c r="M58" s="21"/>
     </row>
     <row r="59" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F59" s="21"/>
-[...4 lines deleted...]
-      <c r="M59" s="22"/>
+      <c r="F59" s="20"/>
+      <c r="G59" s="20"/>
+      <c r="J59" s="21"/>
+      <c r="K59" s="21"/>
+      <c r="L59" s="21"/>
+      <c r="M59" s="21"/>
     </row>
     <row r="60" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F60" s="21"/>
-[...4 lines deleted...]
-      <c r="M60" s="22"/>
+      <c r="F60" s="20"/>
+      <c r="G60" s="20"/>
+      <c r="J60" s="21"/>
+      <c r="K60" s="21"/>
+      <c r="L60" s="21"/>
+      <c r="M60" s="21"/>
     </row>
     <row r="61" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F61" s="21"/>
-[...4 lines deleted...]
-      <c r="M61" s="22"/>
+      <c r="F61" s="20"/>
+      <c r="G61" s="20"/>
+      <c r="J61" s="21"/>
+      <c r="K61" s="21"/>
+      <c r="L61" s="21"/>
+      <c r="M61" s="21"/>
     </row>
     <row r="62" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F62" s="21"/>
-[...4 lines deleted...]
-      <c r="M62" s="22"/>
+      <c r="F62" s="20"/>
+      <c r="G62" s="20"/>
+      <c r="J62" s="21"/>
+      <c r="K62" s="21"/>
+      <c r="L62" s="21"/>
+      <c r="M62" s="21"/>
     </row>
     <row r="63" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F63" s="21"/>
-[...4 lines deleted...]
-      <c r="M63" s="22"/>
+      <c r="F63" s="20"/>
+      <c r="G63" s="20"/>
+      <c r="J63" s="21"/>
+      <c r="K63" s="21"/>
+      <c r="L63" s="21"/>
+      <c r="M63" s="21"/>
     </row>
     <row r="64" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F64" s="21"/>
-[...4 lines deleted...]
-      <c r="M64" s="22"/>
+      <c r="F64" s="20"/>
+      <c r="G64" s="20"/>
+      <c r="J64" s="21"/>
+      <c r="K64" s="21"/>
+      <c r="L64" s="21"/>
+      <c r="M64" s="21"/>
     </row>
     <row r="65" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F65" s="21"/>
-[...4 lines deleted...]
-      <c r="M65" s="22"/>
+      <c r="F65" s="20"/>
+      <c r="G65" s="20"/>
+      <c r="J65" s="21"/>
+      <c r="K65" s="21"/>
+      <c r="L65" s="21"/>
+      <c r="M65" s="21"/>
     </row>
     <row r="66" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F66" s="21"/>
-[...4 lines deleted...]
-      <c r="M66" s="22"/>
+      <c r="F66" s="20"/>
+      <c r="G66" s="20"/>
+      <c r="J66" s="21"/>
+      <c r="K66" s="21"/>
+      <c r="L66" s="21"/>
+      <c r="M66" s="21"/>
     </row>
     <row r="67" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F67" s="21"/>
-[...4 lines deleted...]
-      <c r="M67" s="22"/>
+      <c r="F67" s="20"/>
+      <c r="G67" s="20"/>
+      <c r="J67" s="21"/>
+      <c r="K67" s="21"/>
+      <c r="L67" s="21"/>
+      <c r="M67" s="21"/>
     </row>
     <row r="68" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F68" s="21"/>
-[...4 lines deleted...]
-      <c r="M68" s="22"/>
+      <c r="F68" s="20"/>
+      <c r="G68" s="20"/>
+      <c r="J68" s="21"/>
+      <c r="K68" s="21"/>
+      <c r="L68" s="21"/>
+      <c r="M68" s="21"/>
     </row>
     <row r="69" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F69" s="21"/>
-[...4 lines deleted...]
-      <c r="M69" s="22"/>
+      <c r="F69" s="20"/>
+      <c r="G69" s="20"/>
+      <c r="J69" s="21"/>
+      <c r="K69" s="21"/>
+      <c r="L69" s="21"/>
+      <c r="M69" s="21"/>
     </row>
     <row r="70" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F70" s="21"/>
-[...4 lines deleted...]
-      <c r="M70" s="22"/>
+      <c r="F70" s="20"/>
+      <c r="G70" s="20"/>
+      <c r="J70" s="21"/>
+      <c r="K70" s="21"/>
+      <c r="L70" s="21"/>
+      <c r="M70" s="21"/>
     </row>
     <row r="71" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F71" s="21"/>
-[...4 lines deleted...]
-      <c r="M71" s="22"/>
+      <c r="F71" s="20"/>
+      <c r="G71" s="20"/>
+      <c r="J71" s="21"/>
+      <c r="K71" s="21"/>
+      <c r="L71" s="21"/>
+      <c r="M71" s="21"/>
     </row>
     <row r="72" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F72" s="21"/>
-[...4 lines deleted...]
-      <c r="M72" s="22"/>
+      <c r="F72" s="20"/>
+      <c r="G72" s="20"/>
+      <c r="J72" s="21"/>
+      <c r="K72" s="21"/>
+      <c r="L72" s="21"/>
+      <c r="M72" s="21"/>
     </row>
     <row r="73" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F73" s="21"/>
-[...4 lines deleted...]
-      <c r="M73" s="22"/>
+      <c r="F73" s="20"/>
+      <c r="G73" s="20"/>
+      <c r="J73" s="21"/>
+      <c r="K73" s="21"/>
+      <c r="L73" s="21"/>
+      <c r="M73" s="21"/>
     </row>
     <row r="74" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F74" s="21"/>
-[...4 lines deleted...]
-      <c r="M74" s="22"/>
+      <c r="F74" s="20"/>
+      <c r="G74" s="20"/>
+      <c r="J74" s="21"/>
+      <c r="K74" s="21"/>
+      <c r="L74" s="21"/>
+      <c r="M74" s="21"/>
     </row>
     <row r="75" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F75" s="21"/>
-[...4 lines deleted...]
-      <c r="M75" s="22"/>
+      <c r="F75" s="20"/>
+      <c r="G75" s="20"/>
+      <c r="J75" s="21"/>
+      <c r="K75" s="21"/>
+      <c r="L75" s="21"/>
+      <c r="M75" s="21"/>
     </row>
     <row r="76" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F76" s="21"/>
-[...4 lines deleted...]
-      <c r="M76" s="22"/>
+      <c r="F76" s="20"/>
+      <c r="G76" s="20"/>
+      <c r="J76" s="21"/>
+      <c r="K76" s="21"/>
+      <c r="L76" s="21"/>
+      <c r="M76" s="21"/>
     </row>
     <row r="77" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F77" s="21"/>
-[...4 lines deleted...]
-      <c r="M77" s="22"/>
+      <c r="F77" s="20"/>
+      <c r="G77" s="20"/>
+      <c r="J77" s="21"/>
+      <c r="K77" s="21"/>
+      <c r="L77" s="21"/>
+      <c r="M77" s="21"/>
     </row>
     <row r="78" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F78" s="21"/>
-[...4 lines deleted...]
-      <c r="M78" s="22"/>
+      <c r="F78" s="20"/>
+      <c r="G78" s="20"/>
+      <c r="J78" s="21"/>
+      <c r="K78" s="21"/>
+      <c r="L78" s="21"/>
+      <c r="M78" s="21"/>
     </row>
     <row r="79" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F79" s="21"/>
-[...4 lines deleted...]
-      <c r="M79" s="22"/>
+      <c r="F79" s="20"/>
+      <c r="G79" s="20"/>
+      <c r="J79" s="21"/>
+      <c r="K79" s="21"/>
+      <c r="L79" s="21"/>
+      <c r="M79" s="21"/>
     </row>
     <row r="80" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F80" s="21"/>
-[...4 lines deleted...]
-      <c r="M80" s="22"/>
+      <c r="F80" s="20"/>
+      <c r="G80" s="20"/>
+      <c r="J80" s="21"/>
+      <c r="K80" s="21"/>
+      <c r="L80" s="21"/>
+      <c r="M80" s="21"/>
     </row>
     <row r="81" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F81" s="21"/>
-[...4 lines deleted...]
-      <c r="M81" s="22"/>
+      <c r="F81" s="20"/>
+      <c r="G81" s="20"/>
+      <c r="J81" s="21"/>
+      <c r="K81" s="21"/>
+      <c r="L81" s="21"/>
+      <c r="M81" s="21"/>
     </row>
     <row r="82" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F82" s="21"/>
-[...4 lines deleted...]
-      <c r="M82" s="22"/>
+      <c r="F82" s="20"/>
+      <c r="G82" s="20"/>
+      <c r="J82" s="21"/>
+      <c r="K82" s="21"/>
+      <c r="L82" s="21"/>
+      <c r="M82" s="21"/>
     </row>
     <row r="83" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F83" s="21"/>
-[...4 lines deleted...]
-      <c r="M83" s="22"/>
+      <c r="F83" s="20"/>
+      <c r="G83" s="20"/>
+      <c r="J83" s="21"/>
+      <c r="K83" s="21"/>
+      <c r="L83" s="21"/>
+      <c r="M83" s="21"/>
     </row>
     <row r="84" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F84" s="21"/>
-[...4 lines deleted...]
-      <c r="M84" s="22"/>
+      <c r="F84" s="20"/>
+      <c r="G84" s="20"/>
+      <c r="J84" s="21"/>
+      <c r="K84" s="21"/>
+      <c r="L84" s="21"/>
+      <c r="M84" s="21"/>
     </row>
     <row r="85" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F85" s="21"/>
-[...4 lines deleted...]
-      <c r="M85" s="22"/>
+      <c r="F85" s="20"/>
+      <c r="G85" s="20"/>
+      <c r="J85" s="21"/>
+      <c r="K85" s="21"/>
+      <c r="L85" s="21"/>
+      <c r="M85" s="21"/>
     </row>
     <row r="86" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F86" s="21"/>
-[...4 lines deleted...]
-      <c r="M86" s="22"/>
+      <c r="F86" s="20"/>
+      <c r="G86" s="20"/>
+      <c r="J86" s="21"/>
+      <c r="K86" s="21"/>
+      <c r="L86" s="21"/>
+      <c r="M86" s="21"/>
     </row>
     <row r="87" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F87" s="21"/>
-[...4 lines deleted...]
-      <c r="M87" s="22"/>
+      <c r="F87" s="20"/>
+      <c r="G87" s="20"/>
+      <c r="J87" s="21"/>
+      <c r="K87" s="21"/>
+      <c r="L87" s="21"/>
+      <c r="M87" s="21"/>
     </row>
     <row r="88" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F88" s="21"/>
-[...4 lines deleted...]
-      <c r="M88" s="22"/>
+      <c r="F88" s="20"/>
+      <c r="G88" s="20"/>
+      <c r="J88" s="21"/>
+      <c r="K88" s="21"/>
+      <c r="L88" s="21"/>
+      <c r="M88" s="21"/>
     </row>
     <row r="89" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F89" s="21"/>
-[...4 lines deleted...]
-      <c r="M89" s="22"/>
+      <c r="F89" s="20"/>
+      <c r="G89" s="20"/>
+      <c r="J89" s="21"/>
+      <c r="K89" s="21"/>
+      <c r="L89" s="21"/>
+      <c r="M89" s="21"/>
     </row>
     <row r="90" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F90" s="21"/>
-[...4 lines deleted...]
-      <c r="M90" s="22"/>
+      <c r="F90" s="20"/>
+      <c r="G90" s="20"/>
+      <c r="J90" s="21"/>
+      <c r="K90" s="21"/>
+      <c r="L90" s="21"/>
+      <c r="M90" s="21"/>
     </row>
     <row r="91" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F91" s="21"/>
-[...4 lines deleted...]
-      <c r="M91" s="22"/>
+      <c r="F91" s="20"/>
+      <c r="G91" s="20"/>
+      <c r="J91" s="21"/>
+      <c r="K91" s="21"/>
+      <c r="L91" s="21"/>
+      <c r="M91" s="21"/>
     </row>
     <row r="92" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F92" s="21"/>
-[...4 lines deleted...]
-      <c r="M92" s="22"/>
+      <c r="F92" s="20"/>
+      <c r="G92" s="20"/>
+      <c r="J92" s="21"/>
+      <c r="K92" s="21"/>
+      <c r="L92" s="21"/>
+      <c r="M92" s="21"/>
     </row>
     <row r="93" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F93" s="21"/>
-[...4 lines deleted...]
-      <c r="M93" s="22"/>
+      <c r="F93" s="20"/>
+      <c r="G93" s="20"/>
+      <c r="J93" s="21"/>
+      <c r="K93" s="21"/>
+      <c r="L93" s="21"/>
+      <c r="M93" s="21"/>
     </row>
     <row r="94" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F94" s="21"/>
-[...4 lines deleted...]
-      <c r="M94" s="22"/>
+      <c r="F94" s="20"/>
+      <c r="G94" s="20"/>
+      <c r="J94" s="21"/>
+      <c r="K94" s="21"/>
+      <c r="L94" s="21"/>
+      <c r="M94" s="21"/>
     </row>
     <row r="95" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F95" s="21"/>
-[...4 lines deleted...]
-      <c r="M95" s="22"/>
+      <c r="F95" s="20"/>
+      <c r="G95" s="20"/>
+      <c r="J95" s="21"/>
+      <c r="K95" s="21"/>
+      <c r="L95" s="21"/>
+      <c r="M95" s="21"/>
     </row>
     <row r="96" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F96" s="21"/>
-[...4 lines deleted...]
-      <c r="M96" s="22"/>
+      <c r="F96" s="20"/>
+      <c r="G96" s="20"/>
+      <c r="J96" s="21"/>
+      <c r="K96" s="21"/>
+      <c r="L96" s="21"/>
+      <c r="M96" s="21"/>
     </row>
     <row r="97" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F97" s="21"/>
-[...4 lines deleted...]
-      <c r="M97" s="22"/>
+      <c r="F97" s="20"/>
+      <c r="G97" s="20"/>
+      <c r="J97" s="21"/>
+      <c r="K97" s="21"/>
+      <c r="L97" s="21"/>
+      <c r="M97" s="21"/>
     </row>
     <row r="98" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F98" s="21"/>
-[...4 lines deleted...]
-      <c r="M98" s="22"/>
+      <c r="F98" s="20"/>
+      <c r="G98" s="20"/>
+      <c r="J98" s="21"/>
+      <c r="K98" s="21"/>
+      <c r="L98" s="21"/>
+      <c r="M98" s="21"/>
     </row>
     <row r="99" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F99" s="21"/>
-[...4 lines deleted...]
-      <c r="M99" s="22"/>
+      <c r="F99" s="20"/>
+      <c r="G99" s="20"/>
+      <c r="J99" s="21"/>
+      <c r="K99" s="21"/>
+      <c r="L99" s="21"/>
+      <c r="M99" s="21"/>
     </row>
     <row r="100" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F100" s="21"/>
-[...4 lines deleted...]
-      <c r="M100" s="22"/>
+      <c r="F100" s="20"/>
+      <c r="G100" s="20"/>
+      <c r="J100" s="21"/>
+      <c r="K100" s="21"/>
+      <c r="L100" s="21"/>
+      <c r="M100" s="21"/>
     </row>
     <row r="101" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F101" s="21"/>
-[...4 lines deleted...]
-      <c r="M101" s="22"/>
+      <c r="F101" s="20"/>
+      <c r="G101" s="20"/>
+      <c r="J101" s="21"/>
+      <c r="K101" s="21"/>
+      <c r="L101" s="21"/>
+      <c r="M101" s="21"/>
     </row>
     <row r="102" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F102" s="21"/>
-[...4 lines deleted...]
-      <c r="M102" s="22"/>
+      <c r="F102" s="20"/>
+      <c r="G102" s="20"/>
+      <c r="J102" s="21"/>
+      <c r="K102" s="21"/>
+      <c r="L102" s="21"/>
+      <c r="M102" s="21"/>
     </row>
     <row r="103" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F103" s="21"/>
-[...4 lines deleted...]
-      <c r="M103" s="22"/>
+      <c r="F103" s="20"/>
+      <c r="G103" s="20"/>
+      <c r="J103" s="21"/>
+      <c r="K103" s="21"/>
+      <c r="L103" s="21"/>
+      <c r="M103" s="21"/>
     </row>
     <row r="104" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F104" s="21"/>
-[...4 lines deleted...]
-      <c r="M104" s="22"/>
+      <c r="F104" s="20"/>
+      <c r="G104" s="20"/>
+      <c r="J104" s="21"/>
+      <c r="K104" s="21"/>
+      <c r="L104" s="21"/>
+      <c r="M104" s="21"/>
     </row>
     <row r="105" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F105" s="21"/>
-[...4 lines deleted...]
-      <c r="M105" s="22"/>
+      <c r="F105" s="20"/>
+      <c r="G105" s="20"/>
+      <c r="J105" s="21"/>
+      <c r="K105" s="21"/>
+      <c r="L105" s="21"/>
+      <c r="M105" s="21"/>
     </row>
     <row r="106" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F106" s="21"/>
-[...4 lines deleted...]
-      <c r="M106" s="22"/>
+      <c r="F106" s="20"/>
+      <c r="G106" s="20"/>
+      <c r="J106" s="21"/>
+      <c r="K106" s="21"/>
+      <c r="L106" s="21"/>
+      <c r="M106" s="21"/>
     </row>
     <row r="107" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F107" s="21"/>
-[...4 lines deleted...]
-      <c r="M107" s="22"/>
+      <c r="F107" s="20"/>
+      <c r="G107" s="20"/>
+      <c r="J107" s="21"/>
+      <c r="K107" s="21"/>
+      <c r="L107" s="21"/>
+      <c r="M107" s="21"/>
     </row>
     <row r="108" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F108" s="21"/>
-[...4 lines deleted...]
-      <c r="M108" s="22"/>
+      <c r="F108" s="20"/>
+      <c r="G108" s="20"/>
+      <c r="J108" s="21"/>
+      <c r="K108" s="21"/>
+      <c r="L108" s="21"/>
+      <c r="M108" s="21"/>
     </row>
     <row r="109" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F109" s="21"/>
-[...4 lines deleted...]
-      <c r="M109" s="22"/>
+      <c r="F109" s="20"/>
+      <c r="G109" s="20"/>
+      <c r="J109" s="21"/>
+      <c r="K109" s="21"/>
+      <c r="L109" s="21"/>
+      <c r="M109" s="21"/>
     </row>
     <row r="110" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F110" s="21"/>
-[...4 lines deleted...]
-      <c r="M110" s="22"/>
+      <c r="F110" s="20"/>
+      <c r="G110" s="20"/>
+      <c r="J110" s="21"/>
+      <c r="K110" s="21"/>
+      <c r="L110" s="21"/>
+      <c r="M110" s="21"/>
     </row>
     <row r="111" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F111" s="21"/>
-[...4 lines deleted...]
-      <c r="M111" s="22"/>
+      <c r="F111" s="20"/>
+      <c r="G111" s="20"/>
+      <c r="J111" s="21"/>
+      <c r="K111" s="21"/>
+      <c r="L111" s="21"/>
+      <c r="M111" s="21"/>
     </row>
     <row r="112" spans="6:13" x14ac:dyDescent="0.25">
-      <c r="F112" s="21"/>
-[...4 lines deleted...]
-      <c r="M112" s="22"/>
+      <c r="F112" s="20"/>
+      <c r="G112" s="20"/>
+      <c r="J112" s="21"/>
+      <c r="K112" s="21"/>
+      <c r="L112" s="21"/>
+      <c r="M112" s="21"/>
     </row>
     <row r="113" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F113" s="21"/>
-      <c r="G113" s="21"/>
+      <c r="F113" s="20"/>
+      <c r="G113" s="20"/>
     </row>
     <row r="114" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F114" s="21"/>
-      <c r="G114" s="21"/>
+      <c r="F114" s="20"/>
+      <c r="G114" s="20"/>
     </row>
     <row r="115" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F115" s="21"/>
-      <c r="G115" s="21"/>
+      <c r="F115" s="20"/>
+      <c r="G115" s="20"/>
     </row>
     <row r="116" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F116" s="21"/>
-      <c r="G116" s="21"/>
+      <c r="F116" s="20"/>
+      <c r="G116" s="20"/>
     </row>
     <row r="117" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F117" s="21"/>
-      <c r="G117" s="21"/>
+      <c r="F117" s="20"/>
+      <c r="G117" s="20"/>
     </row>
     <row r="118" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F118" s="21"/>
-      <c r="G118" s="21"/>
+      <c r="F118" s="20"/>
+      <c r="G118" s="20"/>
     </row>
     <row r="119" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F119" s="21"/>
-      <c r="G119" s="21"/>
+      <c r="F119" s="20"/>
+      <c r="G119" s="20"/>
     </row>
     <row r="120" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F120" s="21"/>
-      <c r="G120" s="21"/>
+      <c r="F120" s="20"/>
+      <c r="G120" s="20"/>
     </row>
     <row r="121" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F121" s="21"/>
-      <c r="G121" s="21"/>
+      <c r="F121" s="20"/>
+      <c r="G121" s="20"/>
     </row>
     <row r="122" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F122" s="21"/>
-      <c r="G122" s="21"/>
+      <c r="F122" s="20"/>
+      <c r="G122" s="20"/>
     </row>
     <row r="123" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F123" s="21"/>
-      <c r="G123" s="21"/>
+      <c r="F123" s="20"/>
+      <c r="G123" s="20"/>
     </row>
     <row r="124" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F124" s="21"/>
-      <c r="G124" s="21"/>
+      <c r="F124" s="20"/>
+      <c r="G124" s="20"/>
     </row>
     <row r="125" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F125" s="21"/>
-      <c r="G125" s="21"/>
+      <c r="F125" s="20"/>
+      <c r="G125" s="20"/>
     </row>
     <row r="126" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F126" s="21"/>
-      <c r="G126" s="21"/>
+      <c r="F126" s="20"/>
+      <c r="G126" s="20"/>
     </row>
     <row r="127" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F127" s="21"/>
-      <c r="G127" s="21"/>
+      <c r="F127" s="20"/>
+      <c r="G127" s="20"/>
     </row>
     <row r="128" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F128" s="21"/>
-      <c r="G128" s="21"/>
+      <c r="F128" s="20"/>
+      <c r="G128" s="20"/>
     </row>
     <row r="129" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F129" s="21"/>
-      <c r="G129" s="21"/>
+      <c r="F129" s="20"/>
+      <c r="G129" s="20"/>
     </row>
     <row r="130" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F130" s="21"/>
-      <c r="G130" s="21"/>
+      <c r="F130" s="20"/>
+      <c r="G130" s="20"/>
     </row>
     <row r="131" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F131" s="21"/>
-      <c r="G131" s="21"/>
+      <c r="F131" s="20"/>
+      <c r="G131" s="20"/>
     </row>
     <row r="132" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F132" s="21"/>
-      <c r="G132" s="21"/>
+      <c r="F132" s="20"/>
+      <c r="G132" s="20"/>
     </row>
     <row r="133" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F133" s="21"/>
-      <c r="G133" s="21"/>
+      <c r="F133" s="20"/>
+      <c r="G133" s="20"/>
     </row>
     <row r="134" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F134" s="21"/>
-      <c r="G134" s="21"/>
+      <c r="F134" s="20"/>
+      <c r="G134" s="20"/>
     </row>
     <row r="135" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F135" s="21"/>
-      <c r="G135" s="21"/>
+      <c r="F135" s="20"/>
+      <c r="G135" s="20"/>
     </row>
     <row r="136" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F136" s="21"/>
-      <c r="G136" s="21"/>
+      <c r="F136" s="20"/>
+      <c r="G136" s="20"/>
     </row>
     <row r="137" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F137" s="21"/>
-      <c r="G137" s="21"/>
+      <c r="F137" s="20"/>
+      <c r="G137" s="20"/>
     </row>
     <row r="138" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F138" s="21"/>
-      <c r="G138" s="21"/>
+      <c r="F138" s="20"/>
+      <c r="G138" s="20"/>
     </row>
     <row r="139" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F139" s="21"/>
-      <c r="G139" s="21"/>
+      <c r="F139" s="20"/>
+      <c r="G139" s="20"/>
     </row>
     <row r="140" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F140" s="21"/>
-      <c r="G140" s="21"/>
+      <c r="F140" s="20"/>
+      <c r="G140" s="20"/>
     </row>
     <row r="141" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F141" s="21"/>
-      <c r="G141" s="21"/>
+      <c r="F141" s="20"/>
+      <c r="G141" s="20"/>
     </row>
     <row r="142" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F142" s="21"/>
-      <c r="G142" s="21"/>
+      <c r="F142" s="20"/>
+      <c r="G142" s="20"/>
     </row>
     <row r="143" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F143" s="21"/>
-      <c r="G143" s="21"/>
+      <c r="F143" s="20"/>
+      <c r="G143" s="20"/>
     </row>
     <row r="144" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F144" s="21"/>
-      <c r="G144" s="21"/>
+      <c r="F144" s="20"/>
+      <c r="G144" s="20"/>
     </row>
     <row r="145" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F145" s="21"/>
-      <c r="G145" s="21"/>
+      <c r="F145" s="20"/>
+      <c r="G145" s="20"/>
     </row>
     <row r="146" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F146" s="21"/>
-      <c r="G146" s="21"/>
+      <c r="F146" s="20"/>
+      <c r="G146" s="20"/>
     </row>
     <row r="147" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F147" s="21"/>
-      <c r="G147" s="21"/>
+      <c r="F147" s="20"/>
+      <c r="G147" s="20"/>
     </row>
     <row r="148" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F148" s="21"/>
-      <c r="G148" s="21"/>
+      <c r="F148" s="20"/>
+      <c r="G148" s="20"/>
     </row>
     <row r="149" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F149" s="21"/>
-      <c r="G149" s="21"/>
+      <c r="F149" s="20"/>
+      <c r="G149" s="20"/>
     </row>
     <row r="150" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F150" s="21"/>
-      <c r="G150" s="21"/>
+      <c r="F150" s="20"/>
+      <c r="G150" s="20"/>
     </row>
     <row r="151" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F151" s="21"/>
-      <c r="G151" s="21"/>
+      <c r="F151" s="20"/>
+      <c r="G151" s="20"/>
     </row>
     <row r="152" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F152" s="21"/>
-      <c r="G152" s="21"/>
+      <c r="F152" s="20"/>
+      <c r="G152" s="20"/>
     </row>
     <row r="153" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F153" s="21"/>
-      <c r="G153" s="21"/>
+      <c r="F153" s="20"/>
+      <c r="G153" s="20"/>
     </row>
     <row r="154" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F154" s="21"/>
-      <c r="G154" s="21"/>
+      <c r="F154" s="20"/>
+      <c r="G154" s="20"/>
     </row>
     <row r="155" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F155" s="21"/>
-      <c r="G155" s="21"/>
+      <c r="F155" s="20"/>
+      <c r="G155" s="20"/>
     </row>
     <row r="156" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F156" s="21"/>
-      <c r="G156" s="21"/>
+      <c r="F156" s="20"/>
+      <c r="G156" s="20"/>
     </row>
     <row r="157" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F157" s="21"/>
-      <c r="G157" s="21"/>
+      <c r="F157" s="20"/>
+      <c r="G157" s="20"/>
     </row>
     <row r="158" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F158" s="21"/>
-      <c r="G158" s="21"/>
+      <c r="F158" s="20"/>
+      <c r="G158" s="20"/>
     </row>
     <row r="159" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F159" s="21"/>
-      <c r="G159" s="21"/>
+      <c r="F159" s="20"/>
+      <c r="G159" s="20"/>
     </row>
     <row r="160" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F160" s="21"/>
-      <c r="G160" s="21"/>
+      <c r="F160" s="20"/>
+      <c r="G160" s="20"/>
     </row>
     <row r="161" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F161" s="21"/>
-      <c r="G161" s="21"/>
+      <c r="F161" s="20"/>
+      <c r="G161" s="20"/>
     </row>
     <row r="162" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F162" s="21"/>
-      <c r="G162" s="21"/>
+      <c r="F162" s="20"/>
+      <c r="G162" s="20"/>
     </row>
     <row r="163" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F163" s="21"/>
-      <c r="G163" s="21"/>
+      <c r="F163" s="20"/>
+      <c r="G163" s="20"/>
     </row>
     <row r="164" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F164" s="21"/>
-      <c r="G164" s="21"/>
+      <c r="F164" s="20"/>
+      <c r="G164" s="20"/>
     </row>
     <row r="165" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F165" s="21" t="s">
+      <c r="F165" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="G165" s="21"/>
+      <c r="G165" s="20"/>
     </row>
     <row r="166" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F166" s="21" t="s">
+      <c r="F166" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="G166" s="21"/>
+      <c r="G166" s="20"/>
     </row>
     <row r="167" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F167" s="21" t="s">
+      <c r="F167" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="G167" s="21"/>
+      <c r="G167" s="20"/>
     </row>
     <row r="168" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F168" s="21" t="s">
+      <c r="F168" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="G168" s="21"/>
+      <c r="G168" s="20"/>
     </row>
     <row r="169" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F169" s="21" t="s">
+      <c r="F169" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="G169" s="21"/>
+      <c r="G169" s="20"/>
     </row>
     <row r="170" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F170" s="21"/>
-      <c r="G170" s="21"/>
+      <c r="F170" s="20"/>
+      <c r="G170" s="20"/>
     </row>
     <row r="171" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F171" s="21"/>
-      <c r="G171" s="21"/>
+      <c r="F171" s="20"/>
+      <c r="G171" s="20"/>
     </row>
     <row r="172" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F172" s="21"/>
-      <c r="G172" s="21"/>
+      <c r="F172" s="20"/>
+      <c r="G172" s="20"/>
     </row>
     <row r="173" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F173" s="21"/>
-      <c r="G173" s="21"/>
+      <c r="F173" s="20"/>
+      <c r="G173" s="20"/>
     </row>
     <row r="174" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F174" s="21"/>
-      <c r="G174" s="21"/>
+      <c r="F174" s="20"/>
+      <c r="G174" s="20"/>
     </row>
     <row r="175" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F175" s="21"/>
-      <c r="G175" s="21"/>
+      <c r="F175" s="20"/>
+      <c r="G175" s="20"/>
     </row>
     <row r="176" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F176" s="21"/>
-      <c r="G176" s="21"/>
+      <c r="F176" s="20"/>
+      <c r="G176" s="20"/>
     </row>
     <row r="177" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F177" s="21"/>
-      <c r="G177" s="21"/>
+      <c r="F177" s="20"/>
+      <c r="G177" s="20"/>
     </row>
     <row r="178" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F178" s="21"/>
-      <c r="G178" s="21"/>
+      <c r="F178" s="20"/>
+      <c r="G178" s="20"/>
     </row>
     <row r="179" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F179" s="21"/>
-      <c r="G179" s="21"/>
+      <c r="F179" s="20"/>
+      <c r="G179" s="20"/>
     </row>
     <row r="180" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F180" s="21"/>
-      <c r="G180" s="21"/>
+      <c r="F180" s="20"/>
+      <c r="G180" s="20"/>
     </row>
     <row r="181" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F181" s="21"/>
-      <c r="G181" s="21"/>
+      <c r="F181" s="20"/>
+      <c r="G181" s="20"/>
     </row>
     <row r="182" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F182" s="21"/>
-      <c r="G182" s="21"/>
+      <c r="F182" s="20"/>
+      <c r="G182" s="20"/>
     </row>
     <row r="183" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F183" s="21"/>
-      <c r="G183" s="21"/>
+      <c r="F183" s="20"/>
+      <c r="G183" s="20"/>
     </row>
     <row r="184" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F184" s="21"/>
-      <c r="G184" s="21"/>
+      <c r="F184" s="20"/>
+      <c r="G184" s="20"/>
     </row>
     <row r="185" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F185" s="21"/>
-      <c r="G185" s="21"/>
+      <c r="F185" s="20"/>
+      <c r="G185" s="20"/>
     </row>
     <row r="186" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F186" s="21"/>
-      <c r="G186" s="21"/>
+      <c r="F186" s="20"/>
+      <c r="G186" s="20"/>
     </row>
     <row r="187" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F187" s="21"/>
-      <c r="G187" s="21"/>
+      <c r="F187" s="20"/>
+      <c r="G187" s="20"/>
     </row>
     <row r="188" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F188" s="21"/>
-      <c r="G188" s="21"/>
+      <c r="F188" s="20"/>
+      <c r="G188" s="20"/>
     </row>
     <row r="189" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F189" s="21"/>
-      <c r="G189" s="21"/>
+      <c r="F189" s="20"/>
+      <c r="G189" s="20"/>
     </row>
     <row r="190" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F190" s="21"/>
-      <c r="G190" s="21"/>
+      <c r="F190" s="20"/>
+      <c r="G190" s="20"/>
     </row>
     <row r="191" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F191" s="21"/>
-      <c r="G191" s="21"/>
+      <c r="F191" s="20"/>
+      <c r="G191" s="20"/>
     </row>
     <row r="192" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F192" s="21"/>
-      <c r="G192" s="21"/>
+      <c r="F192" s="20"/>
+      <c r="G192" s="20"/>
     </row>
     <row r="193" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F193" s="21"/>
-      <c r="G193" s="21"/>
+      <c r="F193" s="20"/>
+      <c r="G193" s="20"/>
     </row>
     <row r="194" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F194" s="21"/>
-      <c r="G194" s="21"/>
+      <c r="F194" s="20"/>
+      <c r="G194" s="20"/>
     </row>
     <row r="195" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F195" s="21"/>
-      <c r="G195" s="21"/>
+      <c r="F195" s="20"/>
+      <c r="G195" s="20"/>
     </row>
     <row r="196" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F196" s="21"/>
-      <c r="G196" s="21"/>
+      <c r="F196" s="20"/>
+      <c r="G196" s="20"/>
     </row>
     <row r="197" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F197" s="21"/>
-      <c r="G197" s="21"/>
+      <c r="F197" s="20"/>
+      <c r="G197" s="20"/>
     </row>
     <row r="198" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F198" s="21"/>
-      <c r="G198" s="21"/>
+      <c r="F198" s="20"/>
+      <c r="G198" s="20"/>
     </row>
     <row r="199" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F199" s="21"/>
-      <c r="G199" s="21"/>
+      <c r="F199" s="20"/>
+      <c r="G199" s="20"/>
     </row>
     <row r="200" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F200" s="21"/>
-      <c r="G200" s="21"/>
+      <c r="F200" s="20"/>
+      <c r="G200" s="20"/>
     </row>
     <row r="201" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F201" s="21"/>
-      <c r="G201" s="21"/>
+      <c r="F201" s="20"/>
+      <c r="G201" s="20"/>
     </row>
     <row r="202" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F202" s="21"/>
-      <c r="G202" s="21"/>
+      <c r="F202" s="20"/>
+      <c r="G202" s="20"/>
     </row>
     <row r="203" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F203" s="21"/>
-      <c r="G203" s="21"/>
+      <c r="F203" s="20"/>
+      <c r="G203" s="20"/>
     </row>
     <row r="204" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F204" s="21"/>
-      <c r="G204" s="21"/>
+      <c r="F204" s="20"/>
+      <c r="G204" s="20"/>
     </row>
     <row r="205" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F205" s="21"/>
-      <c r="G205" s="21"/>
+      <c r="F205" s="20"/>
+      <c r="G205" s="20"/>
     </row>
     <row r="206" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F206" s="21"/>
-      <c r="G206" s="21"/>
+      <c r="F206" s="20"/>
+      <c r="G206" s="20"/>
     </row>
     <row r="207" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F207" s="21"/>
-      <c r="G207" s="21"/>
+      <c r="F207" s="20"/>
+      <c r="G207" s="20"/>
     </row>
     <row r="208" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F208" s="21"/>
-      <c r="G208" s="21"/>
+      <c r="F208" s="20"/>
+      <c r="G208" s="20"/>
     </row>
     <row r="209" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F209" s="21"/>
-      <c r="G209" s="21"/>
+      <c r="F209" s="20"/>
+      <c r="G209" s="20"/>
     </row>
     <row r="210" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F210" s="21"/>
-      <c r="G210" s="21"/>
+      <c r="F210" s="20"/>
+      <c r="G210" s="20"/>
     </row>
     <row r="211" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F211" s="21"/>
-      <c r="G211" s="21"/>
+      <c r="F211" s="20"/>
+      <c r="G211" s="20"/>
     </row>
     <row r="212" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F212" s="21"/>
-      <c r="G212" s="21"/>
+      <c r="F212" s="20"/>
+      <c r="G212" s="20"/>
     </row>
     <row r="213" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F213" s="21"/>
-      <c r="G213" s="21"/>
+      <c r="F213" s="20"/>
+      <c r="G213" s="20"/>
     </row>
     <row r="214" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F214" s="21"/>
-      <c r="G214" s="21"/>
+      <c r="F214" s="20"/>
+      <c r="G214" s="20"/>
     </row>
     <row r="215" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F215" s="21"/>
-      <c r="G215" s="21"/>
+      <c r="F215" s="20"/>
+      <c r="G215" s="20"/>
     </row>
     <row r="216" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F216" s="21"/>
-      <c r="G216" s="21"/>
+      <c r="F216" s="20"/>
+      <c r="G216" s="20"/>
     </row>
     <row r="217" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F217" s="21"/>
-      <c r="G217" s="21"/>
+      <c r="F217" s="20"/>
+      <c r="G217" s="20"/>
     </row>
     <row r="218" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F218" s="21"/>
-      <c r="G218" s="21"/>
+      <c r="F218" s="20"/>
+      <c r="G218" s="20"/>
     </row>
     <row r="219" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F219" s="21"/>
-      <c r="G219" s="21"/>
+      <c r="F219" s="20"/>
+      <c r="G219" s="20"/>
     </row>
     <row r="220" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F220" s="21"/>
-      <c r="G220" s="21"/>
+      <c r="F220" s="20"/>
+      <c r="G220" s="20"/>
     </row>
     <row r="221" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F221" s="21"/>
-      <c r="G221" s="21"/>
+      <c r="F221" s="20"/>
+      <c r="G221" s="20"/>
     </row>
     <row r="222" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F222" s="21"/>
-      <c r="G222" s="21"/>
+      <c r="F222" s="20"/>
+      <c r="G222" s="20"/>
     </row>
     <row r="223" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F223" s="21"/>
-      <c r="G223" s="21"/>
+      <c r="F223" s="20"/>
+      <c r="G223" s="20"/>
     </row>
     <row r="224" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F224" s="21"/>
-      <c r="G224" s="21"/>
+      <c r="F224" s="20"/>
+      <c r="G224" s="20"/>
     </row>
     <row r="225" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F225" s="21"/>
-      <c r="G225" s="21"/>
+      <c r="F225" s="20"/>
+      <c r="G225" s="20"/>
     </row>
     <row r="226" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F226" s="21"/>
-      <c r="G226" s="21"/>
+      <c r="F226" s="20"/>
+      <c r="G226" s="20"/>
     </row>
     <row r="227" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F227" s="21"/>
-      <c r="G227" s="21"/>
+      <c r="F227" s="20"/>
+      <c r="G227" s="20"/>
     </row>
     <row r="228" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F228" s="21"/>
-      <c r="G228" s="21"/>
+      <c r="F228" s="20"/>
+      <c r="G228" s="20"/>
     </row>
     <row r="229" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F229" s="21"/>
-      <c r="G229" s="21"/>
+      <c r="F229" s="20"/>
+      <c r="G229" s="20"/>
     </row>
     <row r="230" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F230" s="21"/>
-      <c r="G230" s="21"/>
+      <c r="F230" s="20"/>
+      <c r="G230" s="20"/>
     </row>
     <row r="231" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F231" s="21"/>
-      <c r="G231" s="21"/>
+      <c r="F231" s="20"/>
+      <c r="G231" s="20"/>
     </row>
     <row r="232" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F232" s="21"/>
-      <c r="G232" s="21"/>
+      <c r="F232" s="20"/>
+      <c r="G232" s="20"/>
     </row>
     <row r="233" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F233" s="21"/>
-      <c r="G233" s="21"/>
+      <c r="F233" s="20"/>
+      <c r="G233" s="20"/>
     </row>
     <row r="234" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F234" s="21"/>
-      <c r="G234" s="21"/>
+      <c r="F234" s="20"/>
+      <c r="G234" s="20"/>
     </row>
     <row r="235" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F235" s="21"/>
-      <c r="G235" s="21"/>
+      <c r="F235" s="20"/>
+      <c r="G235" s="20"/>
     </row>
     <row r="236" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F236" s="21"/>
-      <c r="G236" s="21"/>
+      <c r="F236" s="20"/>
+      <c r="G236" s="20"/>
     </row>
     <row r="237" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F237" s="21"/>
-      <c r="G237" s="21"/>
+      <c r="F237" s="20"/>
+      <c r="G237" s="20"/>
     </row>
     <row r="238" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F238" s="21"/>
-      <c r="G238" s="21"/>
+      <c r="F238" s="20"/>
+      <c r="G238" s="20"/>
     </row>
     <row r="239" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F239" s="21"/>
-      <c r="G239" s="21"/>
+      <c r="F239" s="20"/>
+      <c r="G239" s="20"/>
     </row>
     <row r="240" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F240" s="21"/>
-      <c r="G240" s="21"/>
+      <c r="F240" s="20"/>
+      <c r="G240" s="20"/>
     </row>
     <row r="241" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F241" s="21"/>
-      <c r="G241" s="21"/>
+      <c r="F241" s="20"/>
+      <c r="G241" s="20"/>
     </row>
     <row r="242" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F242" s="21"/>
-      <c r="G242" s="21"/>
+      <c r="F242" s="20"/>
+      <c r="G242" s="20"/>
     </row>
     <row r="243" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F243" s="21"/>
-      <c r="G243" s="21"/>
+      <c r="F243" s="20"/>
+      <c r="G243" s="20"/>
     </row>
     <row r="244" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F244" s="21"/>
-      <c r="G244" s="21"/>
+      <c r="F244" s="20"/>
+      <c r="G244" s="20"/>
     </row>
     <row r="245" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F245" s="21"/>
-      <c r="G245" s="21"/>
+      <c r="F245" s="20"/>
+      <c r="G245" s="20"/>
     </row>
     <row r="246" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F246" s="21"/>
-      <c r="G246" s="21"/>
+      <c r="F246" s="20"/>
+      <c r="G246" s="20"/>
     </row>
     <row r="247" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F247" s="21"/>
-      <c r="G247" s="21"/>
+      <c r="F247" s="20"/>
+      <c r="G247" s="20"/>
     </row>
     <row r="248" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F248" s="21"/>
-      <c r="G248" s="21"/>
+      <c r="F248" s="20"/>
+      <c r="G248" s="20"/>
     </row>
     <row r="249" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F249" s="21"/>
-      <c r="G249" s="21"/>
+      <c r="F249" s="20"/>
+      <c r="G249" s="20"/>
     </row>
     <row r="250" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F250" s="21"/>
-      <c r="G250" s="21"/>
+      <c r="F250" s="20"/>
+      <c r="G250" s="20"/>
     </row>
     <row r="251" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F251" s="21"/>
-      <c r="G251" s="21"/>
+      <c r="F251" s="20"/>
+      <c r="G251" s="20"/>
     </row>
     <row r="252" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F252" s="21"/>
-      <c r="G252" s="21"/>
+      <c r="F252" s="20"/>
+      <c r="G252" s="20"/>
     </row>
     <row r="253" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F253" s="21"/>
-      <c r="G253" s="21"/>
+      <c r="F253" s="20"/>
+      <c r="G253" s="20"/>
     </row>
     <row r="254" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F254" s="21"/>
-      <c r="G254" s="21"/>
+      <c r="F254" s="20"/>
+      <c r="G254" s="20"/>
     </row>
     <row r="255" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F255" s="21"/>
-      <c r="G255" s="21"/>
+      <c r="F255" s="20"/>
+      <c r="G255" s="20"/>
     </row>
     <row r="256" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F256" s="21"/>
-      <c r="G256" s="21"/>
+      <c r="F256" s="20"/>
+      <c r="G256" s="20"/>
     </row>
     <row r="257" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F257" s="21"/>
-      <c r="G257" s="21"/>
+      <c r="F257" s="20"/>
+      <c r="G257" s="20"/>
     </row>
     <row r="258" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F258" s="21"/>
-      <c r="G258" s="21"/>
+      <c r="F258" s="20"/>
+      <c r="G258" s="20"/>
     </row>
     <row r="259" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F259" s="21"/>
-      <c r="G259" s="21"/>
+      <c r="F259" s="20"/>
+      <c r="G259" s="20"/>
     </row>
     <row r="260" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F260" s="21"/>
-      <c r="G260" s="21"/>
+      <c r="F260" s="20"/>
+      <c r="G260" s="20"/>
     </row>
     <row r="261" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F261" s="21"/>
-      <c r="G261" s="21"/>
+      <c r="F261" s="20"/>
+      <c r="G261" s="20"/>
     </row>
     <row r="262" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F262" s="21"/>
-      <c r="G262" s="21"/>
+      <c r="F262" s="20"/>
+      <c r="G262" s="20"/>
     </row>
     <row r="263" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F263" s="21"/>
-      <c r="G263" s="21"/>
+      <c r="F263" s="20"/>
+      <c r="G263" s="20"/>
     </row>
     <row r="264" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F264" s="21"/>
-      <c r="G264" s="21"/>
+      <c r="F264" s="20"/>
+      <c r="G264" s="20"/>
     </row>
     <row r="265" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F265" s="21"/>
-      <c r="G265" s="21"/>
+      <c r="F265" s="20"/>
+      <c r="G265" s="20"/>
     </row>
     <row r="266" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F266" s="21"/>
-      <c r="G266" s="21"/>
+      <c r="F266" s="20"/>
+      <c r="G266" s="20"/>
     </row>
     <row r="267" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F267" s="21"/>
-      <c r="G267" s="21"/>
+      <c r="F267" s="20"/>
+      <c r="G267" s="20"/>
     </row>
     <row r="268" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F268" s="21"/>
-      <c r="G268" s="21"/>
+      <c r="F268" s="20"/>
+      <c r="G268" s="20"/>
     </row>
     <row r="269" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F269" s="21"/>
-      <c r="G269" s="21"/>
+      <c r="F269" s="20"/>
+      <c r="G269" s="20"/>
     </row>
     <row r="270" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F270" s="21"/>
-      <c r="G270" s="21"/>
+      <c r="F270" s="20"/>
+      <c r="G270" s="20"/>
     </row>
     <row r="271" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F271" s="21"/>
-      <c r="G271" s="21"/>
+      <c r="F271" s="20"/>
+      <c r="G271" s="20"/>
     </row>
     <row r="272" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F272" s="21"/>
-      <c r="G272" s="21"/>
+      <c r="F272" s="20"/>
+      <c r="G272" s="20"/>
     </row>
     <row r="273" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F273" s="21"/>
-      <c r="G273" s="21"/>
+      <c r="F273" s="20"/>
+      <c r="G273" s="20"/>
     </row>
     <row r="274" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F274" s="21"/>
-      <c r="G274" s="21"/>
+      <c r="F274" s="20"/>
+      <c r="G274" s="20"/>
     </row>
     <row r="275" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F275" s="21"/>
-      <c r="G275" s="21"/>
+      <c r="F275" s="20"/>
+      <c r="G275" s="20"/>
     </row>
     <row r="276" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F276" s="21"/>
-      <c r="G276" s="21"/>
+      <c r="F276" s="20"/>
+      <c r="G276" s="20"/>
     </row>
     <row r="277" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F277" s="21"/>
-      <c r="G277" s="21"/>
+      <c r="F277" s="20"/>
+      <c r="G277" s="20"/>
     </row>
     <row r="278" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F278" s="21"/>
-      <c r="G278" s="21"/>
+      <c r="F278" s="20"/>
+      <c r="G278" s="20"/>
     </row>
     <row r="279" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F279" s="21"/>
-      <c r="G279" s="21"/>
+      <c r="F279" s="20"/>
+      <c r="G279" s="20"/>
     </row>
     <row r="280" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F280" s="21"/>
-      <c r="G280" s="21"/>
+      <c r="F280" s="20"/>
+      <c r="G280" s="20"/>
     </row>
     <row r="281" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F281" s="21"/>
-      <c r="G281" s="21"/>
+      <c r="F281" s="20"/>
+      <c r="G281" s="20"/>
     </row>
     <row r="282" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F282" s="21"/>
-      <c r="G282" s="21"/>
+      <c r="F282" s="20"/>
+      <c r="G282" s="20"/>
     </row>
     <row r="283" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F283" s="21"/>
-      <c r="G283" s="21"/>
+      <c r="F283" s="20"/>
+      <c r="G283" s="20"/>
     </row>
     <row r="284" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F284" s="21"/>
-      <c r="G284" s="21"/>
+      <c r="F284" s="20"/>
+      <c r="G284" s="20"/>
     </row>
     <row r="285" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F285" s="21"/>
-      <c r="G285" s="21"/>
+      <c r="F285" s="20"/>
+      <c r="G285" s="20"/>
     </row>
     <row r="286" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F286" s="21"/>
-      <c r="G286" s="21"/>
+      <c r="F286" s="20"/>
+      <c r="G286" s="20"/>
     </row>
     <row r="287" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F287" s="21"/>
-      <c r="G287" s="21"/>
+      <c r="F287" s="20"/>
+      <c r="G287" s="20"/>
     </row>
     <row r="288" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F288" s="21"/>
-      <c r="G288" s="21"/>
+      <c r="F288" s="20"/>
+      <c r="G288" s="20"/>
     </row>
     <row r="289" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F289" s="21"/>
-      <c r="G289" s="21"/>
+      <c r="F289" s="20"/>
+      <c r="G289" s="20"/>
     </row>
     <row r="290" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F290" s="21"/>
-      <c r="G290" s="21"/>
+      <c r="F290" s="20"/>
+      <c r="G290" s="20"/>
     </row>
     <row r="291" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F291" s="21"/>
-      <c r="G291" s="21"/>
+      <c r="F291" s="20"/>
+      <c r="G291" s="20"/>
     </row>
     <row r="292" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F292" s="21"/>
-      <c r="G292" s="21"/>
+      <c r="F292" s="20"/>
+      <c r="G292" s="20"/>
     </row>
     <row r="293" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F293" s="21"/>
-      <c r="G293" s="21"/>
+      <c r="F293" s="20"/>
+      <c r="G293" s="20"/>
     </row>
     <row r="294" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F294" s="21"/>
-      <c r="G294" s="21"/>
+      <c r="F294" s="20"/>
+      <c r="G294" s="20"/>
     </row>
     <row r="295" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F295" s="21"/>
-      <c r="G295" s="21"/>
+      <c r="F295" s="20"/>
+      <c r="G295" s="20"/>
     </row>
     <row r="296" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F296" s="21"/>
-      <c r="G296" s="21"/>
+      <c r="F296" s="20"/>
+      <c r="G296" s="20"/>
     </row>
     <row r="297" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F297" s="21"/>
-      <c r="G297" s="21"/>
+      <c r="F297" s="20"/>
+      <c r="G297" s="20"/>
     </row>
     <row r="298" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F298" s="21"/>
-      <c r="G298" s="21"/>
+      <c r="F298" s="20"/>
+      <c r="G298" s="20"/>
     </row>
     <row r="299" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F299" s="21"/>
-      <c r="G299" s="21"/>
+      <c r="F299" s="20"/>
+      <c r="G299" s="20"/>
     </row>
     <row r="300" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F300" s="21"/>
-      <c r="G300" s="21"/>
+      <c r="F300" s="20"/>
+      <c r="G300" s="20"/>
     </row>
     <row r="301" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F301" s="21"/>
-      <c r="G301" s="21"/>
+      <c r="F301" s="20"/>
+      <c r="G301" s="20"/>
     </row>
     <row r="302" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F302" s="21"/>
-      <c r="G302" s="21"/>
+      <c r="F302" s="20"/>
+      <c r="G302" s="20"/>
     </row>
     <row r="303" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F303" s="21"/>
-      <c r="G303" s="21"/>
+      <c r="F303" s="20"/>
+      <c r="G303" s="20"/>
     </row>
     <row r="304" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F304" s="21"/>
-      <c r="G304" s="21"/>
+      <c r="F304" s="20"/>
+      <c r="G304" s="20"/>
     </row>
     <row r="305" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F305" s="21"/>
-      <c r="G305" s="21"/>
+      <c r="F305" s="20"/>
+      <c r="G305" s="20"/>
     </row>
     <row r="306" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F306" s="21"/>
-      <c r="G306" s="21"/>
+      <c r="F306" s="20"/>
+      <c r="G306" s="20"/>
     </row>
     <row r="307" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F307" s="21"/>
-      <c r="G307" s="21"/>
+      <c r="F307" s="20"/>
+      <c r="G307" s="20"/>
     </row>
     <row r="308" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F308" s="21"/>
-      <c r="G308" s="21"/>
+      <c r="F308" s="20"/>
+      <c r="G308" s="20"/>
     </row>
     <row r="309" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F309" s="21"/>
-      <c r="G309" s="21"/>
+      <c r="F309" s="20"/>
+      <c r="G309" s="20"/>
     </row>
     <row r="310" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F310" s="21"/>
-      <c r="G310" s="21"/>
+      <c r="F310" s="20"/>
+      <c r="G310" s="20"/>
     </row>
     <row r="311" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F311" s="21"/>
-      <c r="G311" s="21"/>
+      <c r="F311" s="20"/>
+      <c r="G311" s="20"/>
     </row>
     <row r="312" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F312" s="21"/>
-      <c r="G312" s="21"/>
+      <c r="F312" s="20"/>
+      <c r="G312" s="20"/>
     </row>
     <row r="313" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F313" s="21"/>
-      <c r="G313" s="21"/>
+      <c r="F313" s="20"/>
+      <c r="G313" s="20"/>
     </row>
     <row r="314" spans="6:7" x14ac:dyDescent="0.25">
-      <c r="F314" s="21"/>
-      <c r="G314" s="21"/>
+      <c r="F314" s="20"/>
+      <c r="G314" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IPohN9EUdxfJms59tLq2dbTotJ4IfORGSZ90cL5Phu+TXT2/Mv2Q95lqRFaVtAMqcne1avoWqV5gd+aeMpCH/A==" saltValue="qi9OtfFC5ARGKm9U3gh8Qg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <dataValidations count="2">
+  <sheetProtection algorithmName="SHA-512" hashValue="UmIVgVXSQSsU4pg3iUen+XKoAGQPcwfHfgtqYqTfqXmCjM+uOyyTpKah/flv5ctl32+gzyI4nnGPj5RUCF/BWg==" saltValue="Y7bLtignK5nlozR9uxsZ8Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F5:F16" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$F$165:$F$169</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>